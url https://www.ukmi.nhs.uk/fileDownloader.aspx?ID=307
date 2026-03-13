--- v0 (2025-12-13)
+++ v1 (2026-03-13)
@@ -73,124 +73,170 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5334000" cy="295275"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="5DFC9BC5" w14:textId="305E0219" w:rsidR="00D749D0" w:rsidRDefault="00D749D0" w:rsidP="00D749D0">
+                          <w:p w14:paraId="5DFC9BC5" w14:textId="6A67E7C3" w:rsidR="00D749D0" w:rsidRPr="00A573AD" w:rsidRDefault="00D749D0" w:rsidP="00A573AD">
                             <w:pPr>
                               <w:jc w:val="center"/>
-                            </w:pPr>
-                            <w:r w:rsidRPr="005C4028">
                               <w:rPr>
-                                <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="24"/>
                               </w:rPr>
-                              <w:t>UK Medicines Information conference abstract submission form</w:t>
-[...1 lines deleted...]
-                            <w:r w:rsidR="00E6655E">
+                            </w:pPr>
+                            <w:r w:rsidRPr="00A573AD">
                               <w:rPr>
-                                <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="24"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> </w:t>
+                              <w:t>UK</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00381CC7" w:rsidRPr="00A573AD">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Mi C</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00A573AD">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>onference abstract submission form</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="5006DD7B" w14:textId="1651DF9F" w:rsidR="00D749D0" w:rsidRDefault="00D749D0"/>
+                          <w:p w14:paraId="5006DD7B" w14:textId="1651DF9F" w:rsidR="00D749D0" w:rsidRPr="00A573AD" w:rsidRDefault="00D749D0">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="647ECB14" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:4.95pt;margin-top:.2pt;width:420pt;height:23.25pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCEPqlIEgIAAB8EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJk7U14hRdugwD&#10;ugvQ7QMUWY6FyaJGKbGzry8lu2m6YS/D/CCIJnV4eEgub/rWsINCr8GWfDrJOVNWQqXtruTfv23e&#10;XHHmg7CVMGBVyY/K85vV61fLzhVqBg2YSiEjEOuLzpW8CcEVWeZlo1rhJ+CUJWcN2IpAJu6yCkVH&#10;6K3JZnn+NusAK4cglff0925w8lXCr2slw5e69iowU3LiFtKJ6dzGM1stRbFD4RotRxriH1i0QltK&#10;eoK6E0GwPeo/oFotETzUYSKhzaCutVSpBqpmmv9WzUMjnEq1kDjenWTy/w9Wfj48uK/IQv8Oempg&#10;KsK7e5A/PLOwboTdqVtE6BolKko8jZJlnfPF+DRK7QsfQbbdJ6ioyWIfIAH1NbZRFaqTETo14HgS&#10;XfWBSfq5uLiY5zm5JPlm14vZ5SKlEMXTa4c+fFDQsngpOVJTE7o43PsQ2YjiKSQm82B0tdHGJAN3&#10;27VBdhA0AJv0jegvwoxlXckp+WIQ4K8QxDSSHbK+gGh1oEk2ui351SlIFFG297ZKcxaENsOdKBs7&#10;6hilG0QM/banwKjnFqojKYowTCxtGF0awF+cdTStJfc/9wIVZ+ajpa5cT+fzON7JmC8uZ2TguWd7&#10;7hFWElTJA2fDdR3SSkTBLNxS92qdhH1mMnKlKUx6jxsTx/zcTlHPe716BAAA//8DAFBLAwQUAAYA&#10;CAAAACEAmtOoENkAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyOwU7DMBBE70j8g7VIXFDrAFFI&#10;QpwKIYHgVkoFVzfeJhHxOthuGv6e7QmOTzOaedVqtoOY0IfekYLrZQICqXGmp1bB9v1pkYMIUZPR&#10;gyNU8IMBVvX5WaVL4470htMmtoJHKJRaQRfjWEoZmg6tDks3InG2d97qyOhbabw+8rgd5E2SZNLq&#10;nvih0yM+dth8bQ5WQZ6+TJ/h9Xb90WT7oYhXd9Pzt1fq8mJ+uAcRcY5/ZTjpszrU7LRzBzJBDAqK&#10;gosKUhAc5ukJd4xZAbKu5H/7+hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCEPqlIEgIA&#10;AB8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCa06gQ&#10;2QAAAAUBAAAPAAAAAAAAAAAAAAAAAGwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;cgUAAAAA&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="5DFC9BC5" w14:textId="305E0219" w:rsidR="00D749D0" w:rsidRDefault="00D749D0" w:rsidP="00D749D0">
+                    <w:p w14:paraId="5DFC9BC5" w14:textId="6A67E7C3" w:rsidR="00D749D0" w:rsidRPr="00A573AD" w:rsidRDefault="00D749D0" w:rsidP="00A573AD">
                       <w:pPr>
                         <w:jc w:val="center"/>
-                      </w:pPr>
-                      <w:r w:rsidRPr="005C4028">
                         <w:rPr>
-                          <w:rFonts w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="24"/>
                         </w:rPr>
-                        <w:t>UK Medicines Information conference abstract submission form</w:t>
-[...1 lines deleted...]
-                      <w:r w:rsidR="00E6655E">
+                      </w:pPr>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00A573AD">
                         <w:rPr>
-                          <w:rFonts w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="24"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> </w:t>
+                        <w:t>UK</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00381CC7" w:rsidRPr="00A573AD">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>Mi</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidR="00381CC7" w:rsidRPr="00A573AD">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> C</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00A573AD">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>onference abstract submission form</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="5006DD7B" w14:textId="1651DF9F" w:rsidR="00D749D0" w:rsidRDefault="00D749D0"/>
+                    <w:p w14:paraId="5006DD7B" w14:textId="1651DF9F" w:rsidR="00D749D0" w:rsidRPr="00A573AD" w:rsidRDefault="00D749D0">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -620,112 +666,91 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="00CC1AAA" w:rsidRPr="00D749D0">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ubmission</w:t>
             </w:r>
             <w:r w:rsidR="002566F6" w:rsidRPr="00D749D0">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">               </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="002566F6" w:rsidRPr="00D749D0">
+              <w:t xml:space="preserve">                 </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC1AAA" w:rsidRPr="00D749D0">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">  </w:t>
-[...20 lines deleted...]
-              <w:t>tick as appropriate):</w:t>
+              <w:t xml:space="preserve"> (tick as appropriate):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5716" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CA7C76D" w14:textId="108BE3BC" w:rsidR="00963EB5" w:rsidRPr="00D749D0" w:rsidRDefault="00000000" w:rsidP="00963EB5">
+          <w:p w14:paraId="6CA7C76D" w14:textId="108BE3BC" w:rsidR="00963EB5" w:rsidRPr="00D749D0" w:rsidRDefault="00303B15" w:rsidP="00963EB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="188115553"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E563D4" w:rsidRPr="00D749D0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00963EB5" w:rsidRPr="00D749D0">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E563D4" w:rsidRPr="00D749D0">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -735,190 +760,193 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>search</w:t>
             </w:r>
             <w:r w:rsidR="00E563D4" w:rsidRPr="00D749D0">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> including (service) evaluation research</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7B9A9B54" w14:textId="77777777" w:rsidR="00963EB5" w:rsidRPr="00D749D0" w:rsidRDefault="00963EB5" w:rsidP="00963EB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7545D3BB" w14:textId="2718CDBE" w:rsidR="00963EB5" w:rsidRPr="00D749D0" w:rsidRDefault="00000000" w:rsidP="00963EB5">
+          <w:p w14:paraId="7545D3BB" w14:textId="2718CDBE" w:rsidR="00963EB5" w:rsidRPr="00D749D0" w:rsidRDefault="00303B15" w:rsidP="00963EB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1280919633"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E563D4" w:rsidRPr="00D749D0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00963EB5" w:rsidRPr="00D749D0">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E563D4" w:rsidRPr="00D749D0">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Audit</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="12D8B4A2" w14:textId="77777777" w:rsidR="00963EB5" w:rsidRPr="00D749D0" w:rsidRDefault="00963EB5" w:rsidP="00963EB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1E965C88" w14:textId="2D6027E5" w:rsidR="00963EB5" w:rsidRPr="00D749D0" w:rsidRDefault="00000000" w:rsidP="00963EB5">
+          <w:p w14:paraId="1E965C88" w14:textId="2D6027E5" w:rsidR="00963EB5" w:rsidRPr="00D749D0" w:rsidRDefault="00303B15" w:rsidP="00963EB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1768229320"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E563D4" w:rsidRPr="00D749D0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00963EB5" w:rsidRPr="00D749D0">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E563D4" w:rsidRPr="00D749D0">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Innovation including quality improvement</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4EE9BA83" w14:textId="77777777" w:rsidR="00E563D4" w:rsidRPr="00D749D0" w:rsidRDefault="00E563D4" w:rsidP="00E563D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6C4C52D9" w14:textId="2266A944" w:rsidR="00E563D4" w:rsidRPr="00D749D0" w:rsidRDefault="00000000" w:rsidP="00E563D4">
+          <w:p w14:paraId="6C4C52D9" w14:textId="2266A944" w:rsidR="00E563D4" w:rsidRPr="00D749D0" w:rsidRDefault="00303B15" w:rsidP="00E563D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-2006959961"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A4A31">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00E563D4" w:rsidRPr="00D749D0">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Other </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0968914C" w14:textId="77777777" w:rsidR="00CC1AAA" w:rsidRPr="00D749D0" w:rsidRDefault="00CC1AAA" w:rsidP="00963EB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -1014,132 +1042,136 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D749D0">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Checklist</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E3738" w:rsidRPr="00D749D0" w14:paraId="723EBAA2" w14:textId="77777777" w:rsidTr="004D68CD">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="104D681A" w14:textId="77777777" w:rsidR="005E3738" w:rsidRPr="00D749D0" w:rsidRDefault="005E3738" w:rsidP="001D7ED8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7693" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="049F5862" w14:textId="5931D223" w:rsidR="005E3738" w:rsidRPr="00D749D0" w:rsidRDefault="009564D7" w:rsidP="005E3738">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Follow the guidance on the next page</w:t>
             </w:r>
             <w:r w:rsidR="005E3738" w:rsidRPr="00D749D0">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="700E5E26" w14:textId="77777777" w:rsidR="005E3738" w:rsidRPr="00D749D0" w:rsidRDefault="005E3738" w:rsidP="006912B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006912B0" w:rsidRPr="00D749D0" w14:paraId="0262B12C" w14:textId="77777777" w:rsidTr="004D68CD">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78A6674D" w14:textId="77777777" w:rsidR="006912B0" w:rsidRPr="00D749D0" w:rsidRDefault="006912B0" w:rsidP="001D7ED8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7693" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="32425722" w14:textId="3D3B40F0" w:rsidR="006912B0" w:rsidRPr="00D749D0" w:rsidRDefault="006912B0" w:rsidP="006912B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D749D0">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ensure you include your word count</w:t>
             </w:r>
             <w:r w:rsidRPr="00D749D0">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1170,69 +1202,71 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 350 with a table).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22D5E298" w14:textId="77777777" w:rsidR="006912B0" w:rsidRPr="00D749D0" w:rsidRDefault="006912B0" w:rsidP="005E3738">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E3738" w:rsidRPr="00D749D0" w14:paraId="2B1747A6" w14:textId="77777777" w:rsidTr="004D68CD">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B8AC92B" w14:textId="77777777" w:rsidR="005E3738" w:rsidRPr="00D749D0" w:rsidRDefault="005E3738" w:rsidP="001D7ED8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7693" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78D79CC7" w14:textId="5C2C1537" w:rsidR="005E3738" w:rsidRPr="00D749D0" w:rsidRDefault="004D68CD" w:rsidP="004D68CD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D749D0">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Enter all your contact details </w:t>
             </w:r>
             <w:r w:rsidR="00A36C84" w:rsidRPr="00D749D0">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">are entered </w:t>
             </w:r>
@@ -1265,69 +1299,71 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2D3D7DFE" w14:textId="5023A713" w:rsidR="006912B0" w:rsidRPr="00D749D0" w:rsidRDefault="006912B0" w:rsidP="004D68CD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E3738" w:rsidRPr="00D749D0" w14:paraId="64CF1CEA" w14:textId="77777777" w:rsidTr="004D68CD">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="372484FF" w14:textId="77777777" w:rsidR="005E3738" w:rsidRPr="00D749D0" w:rsidRDefault="005E3738" w:rsidP="001D7ED8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7693" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="447B6C0F" w14:textId="30F241CD" w:rsidR="005E3738" w:rsidRPr="00D749D0" w:rsidRDefault="00BB5C15" w:rsidP="0072290C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D749D0">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ask a colleague to check that </w:t>
             </w:r>
             <w:r w:rsidR="00A36C84" w:rsidRPr="00D749D0">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1460,69 +1496,71 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4ADB9425" w14:textId="1C579CC0" w:rsidR="006912B0" w:rsidRPr="00D749D0" w:rsidRDefault="006912B0" w:rsidP="0072290C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A36C84" w:rsidRPr="00D749D0" w14:paraId="7B6CEDA2" w14:textId="77777777" w:rsidTr="004D68CD">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="38B26625" w14:textId="77777777" w:rsidR="00A36C84" w:rsidRPr="00D749D0" w:rsidRDefault="00A36C84" w:rsidP="00A36C84">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7693" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7DA651A3" w14:textId="77777777" w:rsidR="00A36C84" w:rsidRPr="00D749D0" w:rsidRDefault="00A36C84" w:rsidP="00A36C84">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D749D0">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Save your abstract with a title in the following format: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3996F88E" w14:textId="77777777" w:rsidR="00BB5C15" w:rsidRPr="00D749D0" w:rsidRDefault="00BB5C15" w:rsidP="00A36C84">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1550,69 +1588,71 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (e.g. King P Adapting National PGDs for Contrast Agents UKMi 2023)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2F055A7B" w14:textId="77777777" w:rsidR="00A36C84" w:rsidRPr="00D749D0" w:rsidRDefault="00A36C84" w:rsidP="00A36C84">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A36C84" w:rsidRPr="00D749D0" w14:paraId="0EC239C9" w14:textId="77777777" w:rsidTr="004D68CD">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7ECD65A2" w14:textId="77777777" w:rsidR="00A36C84" w:rsidRPr="00D749D0" w:rsidRDefault="00A36C84" w:rsidP="00A36C84">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7693" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D7255D8" w14:textId="042B039D" w:rsidR="00A36C84" w:rsidRPr="009564D7" w:rsidRDefault="00A36C84" w:rsidP="00A36C84">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009564D7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Send this abstract submission form and the abstract as two separate attachments to:</w:t>
             </w:r>
             <w:r w:rsidR="009564D7" w:rsidRPr="009564D7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -1882,147 +1922,111 @@
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Your abstract must use 11-point Arial font and must not be longer than one side of A4). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="116D5DB2" w14:textId="69C3EF72" w:rsidR="00D94E57" w:rsidRDefault="00D94E57" w:rsidP="00D94E57">
       <w:pPr>
         <w:pStyle w:val="BodyText3"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Text should be in a single </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> and the word count should be between 350 and 550 words (or maximum of 350 words if a table is included). The word count does not include the title, author details, focal points or references.  </w:t>
+        <w:t xml:space="preserve">Text should be in a single column and the word count should be between 350 and 550 words (or maximum of 350 words if a table is included). The word count does not include the title, author details, focal points or references.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67B59307" w14:textId="77777777" w:rsidR="009564D7" w:rsidRDefault="009564D7" w:rsidP="00D94E57">
       <w:pPr>
         <w:pStyle w:val="BodyText3"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03A8516C" w14:textId="2057206B" w:rsidR="00DE4215" w:rsidRDefault="00D94E57" w:rsidP="00D94E57">
+    <w:p w14:paraId="03A8516C" w14:textId="1CF5CD29" w:rsidR="00DE4215" w:rsidRDefault="00D94E57" w:rsidP="00D94E57">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00576E0A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Remember to focus on the key points of your submission, you will provide more detail on your final poster, the abstract should reflect the key issues/findings that make your research interesting and valuable to others.</w:t>
       </w:r>
       <w:r w:rsidR="009564D7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DE4215">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">We recommend reading the </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="00DE4215" w:rsidRPr="00515DD2">
+        <w:r w:rsidR="00DE4215" w:rsidRPr="00303B15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>abs</w:t>
+          <w:t xml:space="preserve">abstract and poster </w:t>
         </w:r>
-        <w:r w:rsidR="00DE4215" w:rsidRPr="00515DD2">
-[...15 lines deleted...]
-        <w:r w:rsidR="00515DD2" w:rsidRPr="00515DD2">
+        <w:r w:rsidR="00303B15" w:rsidRPr="00303B15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>mark</w:t>
         </w:r>
-        <w:r w:rsidR="00DE4215" w:rsidRPr="00515DD2">
+        <w:r w:rsidR="00DE4215" w:rsidRPr="00303B15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>ing scheme</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00DE4215">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009A4A31">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">on this webpage </w:t>
       </w:r>
       <w:r w:rsidR="00DE4215">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -3381,58 +3385,58 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D94E57">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1701" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="39A12E83" w14:textId="77777777" w:rsidR="008639AD" w:rsidRDefault="008639AD">
+    <w:p w14:paraId="76EE68BD" w14:textId="77777777" w:rsidR="00230738" w:rsidRDefault="00230738">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="587E3CD5" w14:textId="77777777" w:rsidR="008639AD" w:rsidRDefault="008639AD">
+    <w:p w14:paraId="13D94A20" w14:textId="77777777" w:rsidR="00230738" w:rsidRDefault="00230738">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -3732,58 +3736,58 @@
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="left" w:pos="6840"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00013E53">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="505E9C91" w14:textId="77777777" w:rsidR="008639AD" w:rsidRDefault="008639AD">
+    <w:p w14:paraId="341E27C9" w14:textId="77777777" w:rsidR="00230738" w:rsidRDefault="00230738">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="72C8FAD8" w14:textId="77777777" w:rsidR="008639AD" w:rsidRDefault="008639AD">
+    <w:p w14:paraId="1E2EED58" w14:textId="77777777" w:rsidR="00230738" w:rsidRDefault="00230738">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0FA5B65A" w14:textId="49F13525" w:rsidR="00D749D0" w:rsidRDefault="00D749D0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="00F95013">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="10"/>
         <w:szCs w:val="10"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4590A83B" wp14:editId="7E43E4DA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4505325</wp:posOffset>
@@ -5411,173 +5415,176 @@
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="363285124">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="60417"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00864748"/>
     <w:rsid w:val="000021C6"/>
     <w:rsid w:val="00013E53"/>
     <w:rsid w:val="00024B8E"/>
+    <w:rsid w:val="00030023"/>
     <w:rsid w:val="000703D5"/>
     <w:rsid w:val="000A772A"/>
+    <w:rsid w:val="000C432F"/>
     <w:rsid w:val="000C47F8"/>
     <w:rsid w:val="000E40F6"/>
+    <w:rsid w:val="001252A7"/>
     <w:rsid w:val="00125E91"/>
     <w:rsid w:val="001338A0"/>
-    <w:rsid w:val="001A194C"/>
     <w:rsid w:val="001D7440"/>
     <w:rsid w:val="001D7ED8"/>
     <w:rsid w:val="001F2534"/>
     <w:rsid w:val="002114E7"/>
     <w:rsid w:val="00212469"/>
     <w:rsid w:val="00230738"/>
     <w:rsid w:val="002566F6"/>
     <w:rsid w:val="00265D3A"/>
     <w:rsid w:val="00266C8E"/>
     <w:rsid w:val="00267282"/>
     <w:rsid w:val="00285E6C"/>
     <w:rsid w:val="0029120A"/>
     <w:rsid w:val="002C06C6"/>
     <w:rsid w:val="00300228"/>
+    <w:rsid w:val="00303B15"/>
     <w:rsid w:val="00314633"/>
     <w:rsid w:val="00324217"/>
     <w:rsid w:val="00335951"/>
+    <w:rsid w:val="00381CC7"/>
     <w:rsid w:val="003C5807"/>
     <w:rsid w:val="003F143E"/>
     <w:rsid w:val="00427B1E"/>
     <w:rsid w:val="00450B43"/>
     <w:rsid w:val="00461B07"/>
     <w:rsid w:val="004D68CD"/>
     <w:rsid w:val="004F0620"/>
     <w:rsid w:val="004F13F6"/>
     <w:rsid w:val="00512483"/>
-    <w:rsid w:val="00515DD2"/>
     <w:rsid w:val="00565944"/>
     <w:rsid w:val="00576E0A"/>
     <w:rsid w:val="005826DF"/>
     <w:rsid w:val="005C726D"/>
     <w:rsid w:val="005D5379"/>
     <w:rsid w:val="005E3738"/>
     <w:rsid w:val="005F7BC9"/>
-    <w:rsid w:val="00645606"/>
     <w:rsid w:val="0065553E"/>
     <w:rsid w:val="0067494D"/>
     <w:rsid w:val="006752FB"/>
     <w:rsid w:val="0069110B"/>
     <w:rsid w:val="006912B0"/>
     <w:rsid w:val="006A50B0"/>
     <w:rsid w:val="006B1F8B"/>
     <w:rsid w:val="006C1053"/>
     <w:rsid w:val="00710526"/>
     <w:rsid w:val="0072290C"/>
     <w:rsid w:val="00742A00"/>
     <w:rsid w:val="00743638"/>
     <w:rsid w:val="00750C3D"/>
     <w:rsid w:val="00765F1C"/>
     <w:rsid w:val="00794F87"/>
     <w:rsid w:val="007F4A03"/>
-    <w:rsid w:val="008639AD"/>
     <w:rsid w:val="00864748"/>
     <w:rsid w:val="008906AA"/>
     <w:rsid w:val="008E2B01"/>
     <w:rsid w:val="00915953"/>
     <w:rsid w:val="0092603D"/>
     <w:rsid w:val="009427A9"/>
     <w:rsid w:val="0094716A"/>
     <w:rsid w:val="009514F6"/>
     <w:rsid w:val="009564D7"/>
     <w:rsid w:val="00963EB5"/>
     <w:rsid w:val="00974093"/>
     <w:rsid w:val="009A4A31"/>
     <w:rsid w:val="009D1927"/>
     <w:rsid w:val="009D2B5F"/>
     <w:rsid w:val="009D6035"/>
     <w:rsid w:val="00A07417"/>
     <w:rsid w:val="00A11C3F"/>
     <w:rsid w:val="00A23E3C"/>
     <w:rsid w:val="00A24A3D"/>
     <w:rsid w:val="00A36C84"/>
     <w:rsid w:val="00A5704E"/>
+    <w:rsid w:val="00A573AD"/>
     <w:rsid w:val="00B40AAB"/>
     <w:rsid w:val="00B570FD"/>
     <w:rsid w:val="00B62E3D"/>
     <w:rsid w:val="00B856E8"/>
     <w:rsid w:val="00B87950"/>
     <w:rsid w:val="00B972E9"/>
     <w:rsid w:val="00BA0C2A"/>
     <w:rsid w:val="00BA2763"/>
     <w:rsid w:val="00BB5C15"/>
     <w:rsid w:val="00C058E7"/>
     <w:rsid w:val="00C16A96"/>
     <w:rsid w:val="00C31615"/>
     <w:rsid w:val="00C375F0"/>
     <w:rsid w:val="00C61947"/>
+    <w:rsid w:val="00C761DD"/>
     <w:rsid w:val="00C958D5"/>
     <w:rsid w:val="00CC1AAA"/>
     <w:rsid w:val="00D25D4E"/>
     <w:rsid w:val="00D26D22"/>
     <w:rsid w:val="00D3514C"/>
     <w:rsid w:val="00D44963"/>
     <w:rsid w:val="00D749D0"/>
     <w:rsid w:val="00D77CF3"/>
     <w:rsid w:val="00D90119"/>
     <w:rsid w:val="00D94E57"/>
     <w:rsid w:val="00DC06E0"/>
     <w:rsid w:val="00DC476F"/>
     <w:rsid w:val="00DD38CE"/>
     <w:rsid w:val="00DE4215"/>
     <w:rsid w:val="00DE6A17"/>
     <w:rsid w:val="00DF12F8"/>
     <w:rsid w:val="00E30D58"/>
     <w:rsid w:val="00E356F3"/>
     <w:rsid w:val="00E45C98"/>
     <w:rsid w:val="00E563D4"/>
     <w:rsid w:val="00E6655E"/>
     <w:rsid w:val="00E71F1C"/>
     <w:rsid w:val="00EA3049"/>
     <w:rsid w:val="00EA47D4"/>
     <w:rsid w:val="00EB3B41"/>
@@ -5586,53 +5593,53 @@
     <w:rsid w:val="00F00EAE"/>
     <w:rsid w:val="00F05846"/>
     <w:rsid w:val="00F52CCA"/>
     <w:rsid w:val="00F85750"/>
     <w:rsid w:val="00FA2ED3"/>
     <w:rsid w:val="00FC5363"/>
     <w:rsid w:val="00FC5845"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="60417"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5DE6F7B8"/>
   <w15:docId w15:val="{1536F818-C992-403F-8C28-A92EABCD6C64}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6322,52 +6329,50 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1848058660">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ukmi.nhs.uk/fileDownloader.aspx?ID=306" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wdwg@ukmi.org.uk" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -6600,55 +6605,55 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>3180</Characters>
+  <Pages>3</Pages>
+  <Words>565</Words>
+  <Characters>3172</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
+  <DocSecurity>4</DocSecurity>
   <Lines>26</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>UK Medicines Information Practice Development Seminar</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Central Liverpool PCT</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>3730</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>